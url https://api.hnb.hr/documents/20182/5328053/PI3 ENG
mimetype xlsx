--- v1 (2025-12-13)
+++ v2 (2026-02-28)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PI3 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="35">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>NUMBER OF ATMS AND EFTPOS TERMINALS IN THE REPUBLIC OF CROATIA BY FEATURE OF THE TERMINAL  - year 2025</t>
   </si>
   <si>
     <t>Type of terminal</t>
   </si>
   <si>
     <t>Feature of terminal</t>
   </si>
   <si>
     <t>as at: 31/1</t>
   </si>
@@ -83,54 +83,54 @@
   <si>
     <t>as at: 31/7</t>
   </si>
   <si>
     <t>as at: 31/8</t>
   </si>
   <si>
     <t>as at: 30/9</t>
   </si>
   <si>
     <t>as at: 31/10</t>
   </si>
   <si>
     <t>as at: 30/11</t>
   </si>
   <si>
     <t>as at: 31/12</t>
   </si>
   <si>
     <t> Contactless </t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> Contact </t>
-  </si>
-[...1 lines deleted...]
-    <t>*</t>
   </si>
   <si>
     <t> Contactless - contact </t>
   </si>
   <si>
     <t> ATM {1} </t>
   </si>
   <si>
     <t> Drive-in </t>
   </si>
   <si>
     <t> With video surveillance </t>
   </si>
   <si>
     <t> In secure location </t>
   </si>
   <si>
     <t> Total </t>
   </si>
   <si>
     <t> EFTPOS terminal {2} </t>
   </si>
   <si>
     <t>{1} An ATM may be only in one category, i.e. it may be contactless, contact or contactless-contact, which makes up the total number of ATMs.</t>
   </si>
@@ -714,223 +714,223 @@
       <c r="M10" s="7">
         <v>36</v>
       </c>
       <c r="N10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O10" s="7">
         <v>36</v>
       </c>
       <c r="P10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q10" s="7">
         <v>36</v>
       </c>
       <c r="R10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S10" s="7">
         <v>5</v>
       </c>
       <c r="T10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U10" s="7">
-        <v/>
+        <v>5</v>
       </c>
       <c r="V10" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W10" s="7">
-        <v/>
+        <v>5</v>
       </c>
       <c r="X10" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y10" s="7">
-        <v/>
+        <v>5</v>
       </c>
       <c r="Z10" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B11" t="s" s="6">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C11" s="7">
         <v>1718</v>
       </c>
       <c r="D11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E11" s="7">
         <v>1797</v>
       </c>
       <c r="F11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G11" s="7">
         <v>1988</v>
       </c>
       <c r="H11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I11" s="7">
         <v>2272</v>
       </c>
       <c r="J11" t="s" s="6">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="K11" s="7">
         <v>2527</v>
       </c>
       <c r="L11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M11" s="7">
         <v>2616</v>
       </c>
       <c r="N11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O11" s="7">
         <v>2615</v>
       </c>
       <c r="P11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q11" s="7">
         <v>2608</v>
       </c>
       <c r="R11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S11" s="7">
         <v>2733</v>
       </c>
       <c r="T11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U11" s="7">
-        <v/>
+        <v>2092</v>
       </c>
       <c r="V11" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W11" s="7">
-        <v/>
+        <v>1794</v>
       </c>
       <c r="X11" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y11" s="7">
-        <v/>
+        <v>1730</v>
       </c>
       <c r="Z11" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B12" t="s" s="6">
         <v>24</v>
       </c>
       <c r="C12" s="7">
         <v>1946</v>
       </c>
       <c r="D12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E12" s="7">
         <v>1948</v>
       </c>
       <c r="F12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G12" s="7">
         <v>1980</v>
       </c>
       <c r="H12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I12" s="7">
         <v>1982</v>
       </c>
       <c r="J12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="K12" s="7">
         <v>1990</v>
       </c>
       <c r="L12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M12" s="7">
         <v>2040</v>
       </c>
       <c r="N12" t="s" s="6">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="O12" s="7">
         <v>2034</v>
       </c>
       <c r="P12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q12" s="7">
         <v>2048</v>
       </c>
       <c r="R12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S12" s="7">
         <v>2060</v>
       </c>
       <c r="T12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U12" s="7">
-        <v/>
+        <v>2064</v>
       </c>
       <c r="V12" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W12" s="7">
-        <v/>
+        <v>2066</v>
       </c>
       <c r="X12" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y12" s="7">
-        <v/>
+        <v>2081</v>
       </c>
       <c r="Z12" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s" s="6">
         <v>25</v>
       </c>
       <c r="B13" t="s" s="6">
         <v>26</v>
       </c>
       <c r="C13" s="7">
         <v>3</v>
       </c>
       <c r="D13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E13" s="7">
         <v>3</v>
       </c>
       <c r="F13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G13" s="7">
@@ -954,223 +954,223 @@
       <c r="M13" s="7">
         <v>3</v>
       </c>
       <c r="N13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O13" s="7">
         <v>3</v>
       </c>
       <c r="P13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q13" s="7">
         <v>3</v>
       </c>
       <c r="R13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S13" s="7">
         <v>3</v>
       </c>
       <c r="T13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U13" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="V13" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W13" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="X13" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y13" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="Z13" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B14" t="s" s="6">
         <v>27</v>
       </c>
       <c r="C14" s="7">
         <v>1125</v>
       </c>
       <c r="D14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E14" s="7">
         <v>1119</v>
       </c>
       <c r="F14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G14" s="7">
         <v>1116</v>
       </c>
       <c r="H14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I14" s="7">
         <v>1116</v>
       </c>
       <c r="J14" t="s" s="6">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="K14" s="7">
         <v>1126</v>
       </c>
       <c r="L14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M14" s="7">
         <v>1143</v>
       </c>
       <c r="N14" t="s" s="6">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="O14" s="7">
         <v>1138</v>
       </c>
       <c r="P14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q14" s="7">
         <v>1148</v>
       </c>
       <c r="R14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S14" s="7">
         <v>1148</v>
       </c>
       <c r="T14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U14" s="7">
-        <v/>
+        <v>1138</v>
       </c>
       <c r="V14" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W14" s="7">
-        <v/>
+        <v>1148</v>
       </c>
       <c r="X14" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y14" s="7">
-        <v/>
+        <v>1146</v>
       </c>
       <c r="Z14" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B15" t="s" s="6">
         <v>28</v>
       </c>
       <c r="C15" s="7">
         <v>672</v>
       </c>
       <c r="D15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E15" s="7">
         <v>689</v>
       </c>
       <c r="F15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G15" s="7">
         <v>711</v>
       </c>
       <c r="H15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I15" s="7">
         <v>722</v>
       </c>
       <c r="J15" t="s" s="6">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="K15" s="7">
         <v>736</v>
       </c>
       <c r="L15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M15" s="7">
         <v>747</v>
       </c>
       <c r="N15" t="s" s="6">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="O15" s="7">
         <v>737</v>
       </c>
       <c r="P15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q15" s="7">
         <v>742</v>
       </c>
       <c r="R15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S15" s="7">
         <v>739</v>
       </c>
       <c r="T15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U15" s="7">
-        <v/>
+        <v>707</v>
       </c>
       <c r="V15" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W15" s="7">
-        <v/>
+        <v>708</v>
       </c>
       <c r="X15" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y15" s="7">
-        <v/>
+        <v>705</v>
       </c>
       <c r="Z15" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B16" t="s" s="8">
         <v>29</v>
       </c>
       <c r="C16" s="9">
         <v>3695</v>
       </c>
       <c r="D16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="E16" s="9">
         <v>3776</v>
       </c>
       <c r="F16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="G16" s="9">
@@ -1194,63 +1194,63 @@
       <c r="M16" s="9">
         <v>4692</v>
       </c>
       <c r="N16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="O16" s="9">
         <v>4685</v>
       </c>
       <c r="P16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="Q16" s="9">
         <v>4692</v>
       </c>
       <c r="R16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="S16" s="9">
         <v>4798</v>
       </c>
       <c r="T16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="U16" s="9">
-        <v/>
+        <v>4161</v>
       </c>
       <c r="V16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="W16" s="9">
-        <v/>
+        <v>3865</v>
       </c>
       <c r="X16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="Y16" s="9">
-        <v/>
+        <v>3816</v>
       </c>
       <c r="Z16" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B17" t="s" s="6">
         <v>20</v>
       </c>
       <c r="C17" s="7">
         <v>3148</v>
       </c>
       <c r="D17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E17" s="7">
         <v>3128</v>
       </c>
       <c r="F17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G17" s="7">
@@ -1274,74 +1274,74 @@
       <c r="M17" s="7">
         <v>3169</v>
       </c>
       <c r="N17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O17" s="7">
         <v>3170</v>
       </c>
       <c r="P17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q17" s="7">
         <v>3158</v>
       </c>
       <c r="R17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S17" s="7">
         <v>3158</v>
       </c>
       <c r="T17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U17" s="7">
-        <v/>
+        <v>3156</v>
       </c>
       <c r="V17" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W17" s="7">
-        <v/>
+        <v>2356</v>
       </c>
       <c r="X17" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y17" s="7">
-        <v/>
+        <v>3157</v>
       </c>
       <c r="Z17" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s" s="6">
         <v>30</v>
       </c>
       <c r="B18" t="s" s="6">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C18" s="7">
         <v>29103</v>
       </c>
       <c r="D18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E18" s="7">
         <v>29683</v>
       </c>
       <c r="F18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G18" s="7">
         <v>30188</v>
       </c>
       <c r="H18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I18" s="7">
         <v>30186</v>
       </c>
       <c r="J18" t="s" s="6">
         <v>21</v>
       </c>
@@ -1354,63 +1354,63 @@
       <c r="M18" s="7">
         <v>31969</v>
       </c>
       <c r="N18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O18" s="7">
         <v>33023</v>
       </c>
       <c r="P18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q18" s="7">
         <v>34044</v>
       </c>
       <c r="R18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S18" s="7">
         <v>34660</v>
       </c>
       <c r="T18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U18" s="7">
-        <v/>
+        <v>35371</v>
       </c>
       <c r="V18" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W18" s="7">
-        <v/>
+        <v>37818</v>
       </c>
       <c r="X18" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y18" s="7">
-        <v/>
+        <v>43353</v>
       </c>
       <c r="Z18" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B19" t="s" s="6">
         <v>24</v>
       </c>
       <c r="C19" s="7">
         <v>109953</v>
       </c>
       <c r="D19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E19" s="7">
         <v>109826</v>
       </c>
       <c r="F19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G19" s="7">
@@ -1434,63 +1434,63 @@
       <c r="M19" s="7">
         <v>113755</v>
       </c>
       <c r="N19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O19" s="7">
         <v>111964</v>
       </c>
       <c r="P19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q19" s="7">
         <v>111614</v>
       </c>
       <c r="R19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S19" s="7">
         <v>109803</v>
       </c>
       <c r="T19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U19" s="7">
-        <v/>
+        <v>108296</v>
       </c>
       <c r="V19" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W19" s="7">
-        <v/>
+        <v>106819</v>
       </c>
       <c r="X19" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Y19" s="7">
-        <v/>
+        <v>108866</v>
       </c>
       <c r="Z19" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B20" t="s" s="8">
         <v>29</v>
       </c>
       <c r="C20" s="9">
         <v>142204</v>
       </c>
       <c r="D20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="E20" s="9">
         <v>142637</v>
       </c>
       <c r="F20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="G20" s="9">
@@ -1514,63 +1514,63 @@
       <c r="M20" s="9">
         <v>148893</v>
       </c>
       <c r="N20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="O20" s="9">
         <v>148157</v>
       </c>
       <c r="P20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="Q20" s="9">
         <v>148816</v>
       </c>
       <c r="R20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="S20" s="9">
         <v>147621</v>
       </c>
       <c r="T20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="U20" s="9">
-        <v/>
+        <v>146823</v>
       </c>
       <c r="V20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="W20" s="9">
-        <v/>
+        <v>146993</v>
       </c>
       <c r="X20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="Y20" s="9">
-        <v/>
+        <v>155376</v>
       </c>
       <c r="Z20" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>34</v>
       </c>
     </row>